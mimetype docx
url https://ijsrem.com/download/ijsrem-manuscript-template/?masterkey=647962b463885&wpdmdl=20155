--- v0 (2025-12-03)
+++ v1 (2026-02-25)
@@ -1876,61 +1876,61 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41B3CE93" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00516492" w:rsidSect="00F35F57">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="288" w:gutter="0"/>
       <w:cols w:num="2" w:space="432"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61CF322B" w14:textId="77777777" w:rsidR="005C43F6" w:rsidRDefault="005C43F6">
+    <w:p w14:paraId="67D8B7D5" w14:textId="77777777" w:rsidR="00C93A87" w:rsidRDefault="00C93A87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="606ABB12" w14:textId="77777777" w:rsidR="005C43F6" w:rsidRDefault="005C43F6">
+    <w:p w14:paraId="31ED699A" w14:textId="77777777" w:rsidR="00C93A87" w:rsidRDefault="00C93A87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1970,51 +1970,51 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gautami">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00200003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="34570CE3" w14:textId="00F47B7D" w:rsidR="00516492" w:rsidRPr="000A0414" w:rsidRDefault="00516492" w:rsidP="000A0414">
+  <w:p w14:paraId="34570CE3" w14:textId="30495022" w:rsidR="00516492" w:rsidRPr="000A0414" w:rsidRDefault="00516492" w:rsidP="000A0414">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10467"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
@@ -2026,60 +2026,60 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="1"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="003B303F" w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-4"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00F74BF7">
+    <w:r w:rsidR="00C603B7">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-4"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="1"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t xml:space="preserve"> I</w:t>
     </w:r>
     <w:r w:rsidR="00992201" w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
@@ -2324,61 +2324,61 @@
     <w:r w:rsidR="00F877D4">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0033613C" w:rsidRPr="00F94DB0">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:noProof/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00F877D4">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B500956" w14:textId="77777777" w:rsidR="005C43F6" w:rsidRDefault="005C43F6">
+    <w:p w14:paraId="1F8FB1E9" w14:textId="77777777" w:rsidR="00C93A87" w:rsidRDefault="00C93A87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="582F8C21" w14:textId="77777777" w:rsidR="005C43F6" w:rsidRDefault="005C43F6">
+    <w:p w14:paraId="7CAC4F43" w14:textId="77777777" w:rsidR="00C93A87" w:rsidRDefault="00C93A87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D66E7AC" w14:textId="77777777" w:rsidR="00516492" w:rsidRPr="007D4428" w:rsidRDefault="00106C67" w:rsidP="006226A2">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk166010220"/>
@@ -2519,180 +2519,180 @@
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="007D4428">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>International Journal of Scientific Research in E</w:t>
     </w:r>
     <w:r w:rsidR="00D505A8">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ngineering and Management</w:t>
     </w:r>
     <w:r w:rsidR="007D4428">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (IJSREM)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3FD25C45" w14:textId="37E5F268" w:rsidR="00516492" w:rsidRPr="00A041F7" w:rsidRDefault="00297E19" w:rsidP="00297E19">
+  <w:p w14:paraId="3FD25C45" w14:textId="25AF384F" w:rsidR="00516492" w:rsidRPr="00A041F7" w:rsidRDefault="00297E19" w:rsidP="00297E19">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0"/>
       <w:rPr>
         <w:rStyle w:val="IntenseEmphasis"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r w:rsidR="00D31262">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="002C7AC6">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00AE3053">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Volume: 0</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00F74BF7">
+      <w:t xml:space="preserve">Volume: </w:t>
+    </w:r>
+    <w:r w:rsidR="00C603B7">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="0033613C">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Issue: </w:t>
     </w:r>
-    <w:r w:rsidR="001912D7">
+    <w:r w:rsidR="00C603B7">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00FF7097">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="006404A6">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0033613C">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00FF7097">
+    <w:r w:rsidR="006404A6">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Dec</w:t>
+      <w:t>Feb</w:t>
     </w:r>
     <w:r w:rsidR="00554170">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="003B303F">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00B838DD">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C86AE0">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00F74BF7">
+    <w:r w:rsidR="00C603B7">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00B90EF3">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="002E5491">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
     <w:r w:rsidR="00B23B01">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -2746,57 +2746,57 @@
     </w:r>
     <w:r w:rsidR="00A62A21">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Rating</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="00961B16">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8.</w:t>
     </w:r>
-    <w:r w:rsidR="00A250F8">
+    <w:r w:rsidR="006404A6">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>586</w:t>
+      <w:t>659</w:t>
     </w:r>
     <w:r w:rsidR="0033613C">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
     <w:r w:rsidR="00CB67F6">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="005273B1">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
@@ -3247,51 +3247,51 @@
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="641085040">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="978463672">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule1" type="connector" idref="#AutoShape 1"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -3378,50 +3378,51 @@
     <w:rsid w:val="002F65F2"/>
     <w:rsid w:val="003051B6"/>
     <w:rsid w:val="00314D84"/>
     <w:rsid w:val="003152E9"/>
     <w:rsid w:val="0032119D"/>
     <w:rsid w:val="00325803"/>
     <w:rsid w:val="003258AF"/>
     <w:rsid w:val="0033613C"/>
     <w:rsid w:val="00344F16"/>
     <w:rsid w:val="00354E3E"/>
     <w:rsid w:val="00361F49"/>
     <w:rsid w:val="00362DBB"/>
     <w:rsid w:val="00363552"/>
     <w:rsid w:val="0037013A"/>
     <w:rsid w:val="00382148"/>
     <w:rsid w:val="00382382"/>
     <w:rsid w:val="00397C33"/>
     <w:rsid w:val="003B230E"/>
     <w:rsid w:val="003B274B"/>
     <w:rsid w:val="003B303F"/>
     <w:rsid w:val="003B39B4"/>
     <w:rsid w:val="003B6DB8"/>
     <w:rsid w:val="003B718A"/>
     <w:rsid w:val="003C4F1D"/>
     <w:rsid w:val="003C4F74"/>
+    <w:rsid w:val="003C74D9"/>
     <w:rsid w:val="003E6A75"/>
     <w:rsid w:val="003F19B3"/>
     <w:rsid w:val="0040654A"/>
     <w:rsid w:val="00411905"/>
     <w:rsid w:val="00413860"/>
     <w:rsid w:val="004212B3"/>
     <w:rsid w:val="004250C8"/>
     <w:rsid w:val="00427E4D"/>
     <w:rsid w:val="00431213"/>
     <w:rsid w:val="00431D6C"/>
     <w:rsid w:val="00435E2D"/>
     <w:rsid w:val="00443496"/>
     <w:rsid w:val="00445BD3"/>
     <w:rsid w:val="004544FC"/>
     <w:rsid w:val="00456D30"/>
     <w:rsid w:val="004875C5"/>
     <w:rsid w:val="004931A5"/>
     <w:rsid w:val="004A02A3"/>
     <w:rsid w:val="004A3271"/>
     <w:rsid w:val="004A5482"/>
     <w:rsid w:val="004A7461"/>
     <w:rsid w:val="004C0C4E"/>
     <w:rsid w:val="004F5C64"/>
     <w:rsid w:val="004F7652"/>
     <w:rsid w:val="005028EE"/>
@@ -3432,56 +3433,59 @@
     <w:rsid w:val="005216B5"/>
     <w:rsid w:val="00521F20"/>
     <w:rsid w:val="00522F26"/>
     <w:rsid w:val="00523893"/>
     <w:rsid w:val="005273B1"/>
     <w:rsid w:val="005375AA"/>
     <w:rsid w:val="00541FAA"/>
     <w:rsid w:val="00554170"/>
     <w:rsid w:val="00565A68"/>
     <w:rsid w:val="00573B40"/>
     <w:rsid w:val="00576BCD"/>
     <w:rsid w:val="00583869"/>
     <w:rsid w:val="005859D3"/>
     <w:rsid w:val="0058765D"/>
     <w:rsid w:val="00590459"/>
     <w:rsid w:val="00594609"/>
     <w:rsid w:val="005C43F6"/>
     <w:rsid w:val="005C46F1"/>
     <w:rsid w:val="005D0D84"/>
     <w:rsid w:val="005F0971"/>
     <w:rsid w:val="005F3359"/>
     <w:rsid w:val="005F61A6"/>
     <w:rsid w:val="00604959"/>
     <w:rsid w:val="00613B0C"/>
     <w:rsid w:val="00615581"/>
+    <w:rsid w:val="00620837"/>
     <w:rsid w:val="006226A2"/>
     <w:rsid w:val="00623CED"/>
     <w:rsid w:val="0062579B"/>
+    <w:rsid w:val="0062637E"/>
     <w:rsid w:val="006302F1"/>
     <w:rsid w:val="00631CE1"/>
     <w:rsid w:val="00635DFF"/>
+    <w:rsid w:val="006404A6"/>
     <w:rsid w:val="00641563"/>
     <w:rsid w:val="00643DDF"/>
     <w:rsid w:val="00651375"/>
     <w:rsid w:val="0066236A"/>
     <w:rsid w:val="00680134"/>
     <w:rsid w:val="00681EF6"/>
     <w:rsid w:val="00687910"/>
     <w:rsid w:val="00687A64"/>
     <w:rsid w:val="006A1E82"/>
     <w:rsid w:val="006B2CC4"/>
     <w:rsid w:val="006B5879"/>
     <w:rsid w:val="006C2651"/>
     <w:rsid w:val="006D17BA"/>
     <w:rsid w:val="006D3872"/>
     <w:rsid w:val="006E4FF1"/>
     <w:rsid w:val="006F0D5D"/>
     <w:rsid w:val="006F29B9"/>
     <w:rsid w:val="006F311E"/>
     <w:rsid w:val="00715354"/>
     <w:rsid w:val="00717FA9"/>
     <w:rsid w:val="007205D4"/>
     <w:rsid w:val="00735FF7"/>
     <w:rsid w:val="00741DC7"/>
     <w:rsid w:val="00764CD0"/>
     <w:rsid w:val="00794917"/>
@@ -3593,57 +3597,59 @@
     <w:rsid w:val="00B838DD"/>
     <w:rsid w:val="00B90EF3"/>
     <w:rsid w:val="00B96CD3"/>
     <w:rsid w:val="00BA3A50"/>
     <w:rsid w:val="00BB23FC"/>
     <w:rsid w:val="00BB33C3"/>
     <w:rsid w:val="00BB4053"/>
     <w:rsid w:val="00BB43BF"/>
     <w:rsid w:val="00BB50BB"/>
     <w:rsid w:val="00BC400A"/>
     <w:rsid w:val="00BC6988"/>
     <w:rsid w:val="00BE09BE"/>
     <w:rsid w:val="00BE1808"/>
     <w:rsid w:val="00BF1EC4"/>
     <w:rsid w:val="00BF2411"/>
     <w:rsid w:val="00C04DBD"/>
     <w:rsid w:val="00C056A9"/>
     <w:rsid w:val="00C1024E"/>
     <w:rsid w:val="00C13817"/>
     <w:rsid w:val="00C162B4"/>
     <w:rsid w:val="00C17C3F"/>
     <w:rsid w:val="00C24056"/>
     <w:rsid w:val="00C357F2"/>
     <w:rsid w:val="00C35BD2"/>
     <w:rsid w:val="00C51914"/>
+    <w:rsid w:val="00C603B7"/>
     <w:rsid w:val="00C64E85"/>
     <w:rsid w:val="00C7601A"/>
     <w:rsid w:val="00C77DB3"/>
     <w:rsid w:val="00C86411"/>
     <w:rsid w:val="00C86AE0"/>
     <w:rsid w:val="00C872FD"/>
     <w:rsid w:val="00C90E62"/>
+    <w:rsid w:val="00C93A87"/>
     <w:rsid w:val="00CA1D1E"/>
     <w:rsid w:val="00CA4A19"/>
     <w:rsid w:val="00CB67F6"/>
     <w:rsid w:val="00CC6310"/>
     <w:rsid w:val="00CE05B7"/>
     <w:rsid w:val="00CE44A7"/>
     <w:rsid w:val="00D101BA"/>
     <w:rsid w:val="00D1789D"/>
     <w:rsid w:val="00D21294"/>
     <w:rsid w:val="00D31262"/>
     <w:rsid w:val="00D34280"/>
     <w:rsid w:val="00D436DE"/>
     <w:rsid w:val="00D505A8"/>
     <w:rsid w:val="00D50B18"/>
     <w:rsid w:val="00D6033B"/>
     <w:rsid w:val="00D64B96"/>
     <w:rsid w:val="00D74055"/>
     <w:rsid w:val="00D74C7A"/>
     <w:rsid w:val="00D76B9C"/>
     <w:rsid w:val="00D77818"/>
     <w:rsid w:val="00D915E0"/>
     <w:rsid w:val="00D92F39"/>
     <w:rsid w:val="00D9723E"/>
     <w:rsid w:val="00DA012A"/>
     <w:rsid w:val="00DB4F65"/>